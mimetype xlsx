--- v0 (2026-01-12)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\USB Drive\Letterhead-Memos\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D17C7CE7-0F72-4D4A-925F-9D4404DD2ADE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5D2D54DB-2FBD-41A2-8E51-0210C4059FA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A650701C-752A-4051-9A5E-7E88ECB36687}"/>
   </bookViews>
   <sheets>
     <sheet name="as of 1_1_2026" sheetId="1" r:id="rId1"/>
     <sheet name="CHANGE RATE IN CELL" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'as of 1_1_2026'!$A$1:$J$56</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -318,54 +318,54 @@
   <si>
     <t xml:space="preserve">During Period:  </t>
   </si>
   <si>
     <t>to</t>
   </si>
   <si>
     <t>During Period:</t>
   </si>
   <si>
     <t>CURRENT:</t>
   </si>
   <si>
     <t xml:space="preserve">  Certified just and correct and payment not received</t>
   </si>
   <si>
     <t>Use for reimbursement effective January 1, 2024</t>
   </si>
   <si>
     <t>725 ¢ per mile</t>
   </si>
   <si>
     <t>Purpose of Travel:</t>
   </si>
   <si>
-    <t>FUL RATE Reimbursement</t>
-[...1 lines deleted...]
-  <si>
     <t>Effective 1/1/26</t>
+  </si>
+  <si>
+    <t>FULL RATE Reimbursement</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.000"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0.000_);[Red]\(&quot;$&quot;#,##0.000\)"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -1006,76 +1006,76 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A329F6E-6B9B-492D-85A1-7B79C99F92B9}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K99"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="136" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G5" sqref="G5"/>
+      <selection activeCell="I7" sqref="I7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.7109375" style="25" customWidth="1"/>
     <col min="2" max="8" width="13.7109375" style="25" customWidth="1"/>
     <col min="9" max="9" width="14.42578125" style="25" customWidth="1"/>
     <col min="10" max="10" width="13.7109375" style="25" customWidth="1"/>
     <col min="11" max="11" width="9.140625" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E1" s="26" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E2" s="26"/>
       <c r="F2" s="57" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
     </row>
     <row r="3" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E3" s="58">
         <v>0.72499999999999998</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="25" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="28"/>
       <c r="C5" s="28"/>
       <c r="D5" s="28"/>
       <c r="E5" s="28"/>
       <c r="F5" s="28"/>
       <c r="G5" s="28"/>
     </row>
     <row r="6" spans="1:9" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="25" t="s">
         <v>3</v>
       </c>
@@ -2528,123 +2528,123 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties">
-[...1 lines deleted...]
-</LongProperties>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Doc_x0020_Title xmlns="7b98df10-5d96-4187-a1a5-19e2205ac17c">
+      <Url>https://dbm.maryland.gov/Documents/FleetManagementServices/Expense-Report-FULLRATE-725-cents-Effective-1-1-2026.xlsx</Url>
+      <Description>Expense Report FULLRATE $.725 Effective1.1.2026</Description>
+    </Doc_x0020_Title>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Year xmlns="803765e4-aa87-4d6a-8f0e-f17d4f025938">2026</Year>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties">
+  <LongProp xmlns="" name="WorkflowChangePath"><![CDATA[4f003e5b-4df6-4331-9d59-d62d1196bd98,3;4f003e5b-4df6-4331-9d59-d62d1196bd98,5;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,7;4f003e5b-4df6-4331-9d59-d62d1196bd98,9;4f003e5b-4df6-4331-9d59-d62d1196bd98,11;f9947b37-b1d5-4462-8062-d983ef2385e4,14;f9947b37-b1d5-4462-8062-d983ef2385e4,3;f9947b37-b1d5-4462-8062-d983ef2385e4,5;f9947b37-b1d5-4462-8062-d983ef2385e4,3;f9947b37-b1d5-4462-8062-d983ef2385e4,11;]]></LongProp>
+</LongProperties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03021FE4-35B6-4D66-9422-D6687BD3B487}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="803765e4-aa87-4d6a-8f0e-f17d4f025938"/>
     <ds:schemaRef ds:uri="7b98df10-5d96-4187-a1a5-19e2205ac17c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5CFCD8B-7C26-4CB2-868F-FE6D4F82EF88}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BD045E-269D-4379-92AC-DF4ACAF69CD2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-    <ds:schemaRef ds:uri=""/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7b98df10-5d96-4187-a1a5-19e2205ac17c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="803765e4-aa87-4d6a-8f0e-f17d4f025938"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{783BB666-2B71-4D78-9405-4187DC09017A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BD045E-269D-4379-92AC-DF4ACAF69CD2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5CFCD8B-7C26-4CB2-868F-FE6D4F82EF88}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="803765e4-aa87-4d6a-8f0e-f17d4f025938"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -2657,51 +2657,51 @@
   </TitlesOfParts>
   <Company>State of Maryland</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Expense Report FULLRATE $.725 Effective1.1.2026</dc:title>
   <dc:subject>State of Maryland Expense Account form for January 1, 2010 and afterward</dc:subject>
   <dc:creator>DBM</dc:creator>
   <cp:keywords>Expense Form Rounded FULL RATE 58.5 cents Effective 01-01-22</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WorkflowChangePath">
-    <vt:lpwstr>4f003e5b-4df6-4331-9d59-d62d1196bd98,3;4f003e5b-4df6-4331-9d59-d62d1196bd98,5;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,7;4f003e5b-4df6-4331-9df9947b37-b1d5-4462-8062-d983ef2385e4,3;f9947b37-b1d5-4462-8062-d983ef2385e4,5;</vt:lpwstr>
+    <vt:lpwstr>4f003e5b-4df6-4331-9d59-d62d1196bd98,3;4f003e5b-4df6-4331-9d59-d62d1196bd98,5;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,2;4f003e5b-4df6-4331-9d59-d62d1196bd98,7;4f003e5b-4df6-4331-9df9947b37-b1d5-4462-8062-d983ef2385e4,3;f9947b37-b1d5-4462-8062-d983ef2385e4,5;f9947b37-b1d5-4462-8062-d983ef2385e4,7;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Installer, sp19</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_Signature">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
     <vt:lpwstr>48600.0000000000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>Donna White</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="_SharedFileIndex">
     <vt:lpwstr/>
   </property>